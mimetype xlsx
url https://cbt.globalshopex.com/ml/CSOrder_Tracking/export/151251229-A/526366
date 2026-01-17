--- v0 (2025-10-13)
+++ v1 (2026-01-17)
@@ -866,186 +866,186 @@
       </c>
       <c r="C12">
         <v>526366</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12" t="s">
         <v>13</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69888036</v>
+        <v>70741337</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13">
         <v>526366</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>36</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69888035</v>
+        <v>70741336</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14">
         <v>526366</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69888038</v>
+        <v>70741339</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>526366</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69888039</v>
+        <v>70741340</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>526366</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>36</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69888037</v>
+        <v>70741338</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17">
         <v>526366</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>36</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69888034</v>
+        <v>70741334</v>
       </c>
       <c r="B18">
         <v>523500009886</v>
       </c>
       <c r="C18">
         <v>526366</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>15</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
       <c r="I18" t="s">
         <v>49</v>
       </c>