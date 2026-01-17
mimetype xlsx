--- v0 (2025-10-13)
+++ v1 (2026-01-17)
@@ -74,69 +74,69 @@
   <si>
     <t>2023-05-25 12:34:49</t>
   </si>
   <si>
     <t>eshopex</t>
   </si>
   <si>
     <t>EN ORIGEN - ENTREGADO</t>
   </si>
   <si>
     <t>2023-02-09 17:11:42</t>
   </si>
   <si>
     <t>2023-02-09 15:55:22</t>
   </si>
   <si>
     <t>delivered</t>
   </si>
   <si>
     <t>ENTREGADO - ENTREGADO</t>
   </si>
   <si>
     <t>2022-10-05 12:06:37</t>
   </si>
   <si>
+    <t>151339779-A526390</t>
+  </si>
+  <si>
+    <t>sistema</t>
+  </si>
+  <si>
+    <t>523500009898 correosdechile 965648127</t>
+  </si>
+  <si>
+    <t>2022-04-13 09:28:57</t>
+  </si>
+  <si>
     <t>tracking_code_created</t>
   </si>
   <si>
     <t>En Preparación</t>
   </si>
   <si>
-    <t>2022-04-13 09:28:57</t>
-[...1 lines deleted...]
-  <si>
     <t>correosdechile</t>
-  </si>
-[...7 lines deleted...]
-    <t>523500009898 correosdechile 965648127</t>
   </si>
   <si>
     <t>2022-02-18 04:20:08</t>
   </si>
   <si>
     <t>523500009898 correosdechile 880002880104</t>
   </si>
   <si>
     <t>526390 eshopex 523500009898</t>
   </si>
   <si>
     <t>2022-02-03 18:03:39</t>
   </si>
   <si>
     <t>114-5385734-2061861 3004 14.26</t>
   </si>
   <si>
     <t>2022-02-01 00:00:00</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2022-01-31 19:21:28</t>
   </si>
@@ -514,387 +514,387 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69887753</v>
+        <v>70741377</v>
       </c>
       <c r="B2">
         <v>523500009898</v>
       </c>
       <c r="C2">
         <v>526390</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69887754</v>
+        <v>70741383</v>
       </c>
       <c r="B3">
         <v>523500009898</v>
       </c>
       <c r="C3">
         <v>526390</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69887755</v>
+        <v>70741384</v>
       </c>
       <c r="B4">
         <v>523500009898</v>
       </c>
       <c r="C4">
         <v>526390</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>16</v>
       </c>
       <c r="H4" t="s">
         <v>13</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69887756</v>
+        <v>70741386</v>
       </c>
       <c r="B5">
         <v>523500009898</v>
       </c>
       <c r="C5">
         <v>526390</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>19</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>40038216</v>
-[...2 lines deleted...]
-        <v>965648127</v>
+        <v>70741411</v>
+      </c>
+      <c r="B6" t="s">
+        <v>20</v>
       </c>
       <c r="C6">
         <v>526390</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H6" t="s">
         <v>23</v>
       </c>
+      <c r="H6"/>
       <c r="I6" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69887766</v>
-[...1 lines deleted...]
-      <c r="B7" t="s">
+        <v>40038216</v>
+      </c>
+      <c r="B7">
+        <v>965648127</v>
+      </c>
+      <c r="C7">
+        <v>526390</v>
+      </c>
+      <c r="D7" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" t="s">
         <v>24</v>
       </c>
-      <c r="C7">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>25</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H7" t="s">
         <v>26</v>
       </c>
-      <c r="G7" t="s">
-[...2 lines deleted...]
-      <c r="H7"/>
       <c r="I7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>31798692</v>
       </c>
       <c r="B8">
         <v>880002880104</v>
       </c>
       <c r="C8">
         <v>526390</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69887765</v>
+        <v>70741409</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C9">
         <v>526390</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69887764</v>
+        <v>70741406</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C10">
         <v>526390</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69887767</v>
+        <v>70741418</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C11">
         <v>526390</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69887768</v>
+        <v>70741423</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C12">
         <v>526390</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69887769</v>
+        <v>70741429</v>
       </c>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C13">
         <v>526390</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13" t="s">
         <v>36</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69887757</v>
+        <v>70741388</v>
       </c>
       <c r="B14">
         <v>523500009898</v>
       </c>
       <c r="C14">
         <v>526390</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>10</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>38</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>