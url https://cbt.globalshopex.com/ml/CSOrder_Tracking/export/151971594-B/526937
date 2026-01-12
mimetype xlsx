--- v0 (2025-10-12)
+++ v1 (2026-01-12)
@@ -1014,186 +1014,186 @@
       </c>
       <c r="C17">
         <v>526937</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17" t="s">
         <v>13</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69885902</v>
+        <v>70659651</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18">
         <v>526937</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
         <v>37</v>
       </c>
       <c r="F18" t="s">
         <v>38</v>
       </c>
       <c r="G18" t="s">
         <v>39</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69885901</v>
+        <v>70659650</v>
       </c>
       <c r="B19" t="s">
         <v>36</v>
       </c>
       <c r="C19">
         <v>526937</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
       </c>
       <c r="F19" t="s">
         <v>40</v>
       </c>
       <c r="G19" t="s">
         <v>41</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69885904</v>
+        <v>70659653</v>
       </c>
       <c r="B20" t="s">
         <v>36</v>
       </c>
       <c r="C20">
         <v>526937</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20" t="s">
         <v>43</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69885905</v>
+        <v>70659654</v>
       </c>
       <c r="B21" t="s">
         <v>36</v>
       </c>
       <c r="C21">
         <v>526937</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21" t="s">
         <v>45</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69885903</v>
+        <v>70659652</v>
       </c>
       <c r="B22" t="s">
         <v>36</v>
       </c>
       <c r="C22">
         <v>526937</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="F22" t="s">
         <v>46</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69885900</v>
+        <v>70659644</v>
       </c>
       <c r="B23">
         <v>523500010056</v>
       </c>
       <c r="C23">
         <v>526937</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23" t="s">
         <v>26</v>
       </c>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s">
         <v>50</v>
       </c>