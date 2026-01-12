--- v0 (2025-10-12)
+++ v1 (2026-01-12)
@@ -781,186 +781,186 @@
       </c>
       <c r="C10">
         <v>527579</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>23</v>
       </c>
       <c r="G10" t="s">
         <v>24</v>
       </c>
       <c r="H10" t="s">
         <v>13</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69884161</v>
+        <v>70653124</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>527579</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11" t="s">
         <v>28</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69884160</v>
+        <v>70653123</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12">
         <v>527579</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>26</v>
       </c>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12" t="s">
         <v>30</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69884163</v>
+        <v>70653126</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13">
         <v>527579</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>26</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
         <v>32</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69884164</v>
+        <v>70653127</v>
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14">
         <v>527579</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>26</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14" t="s">
         <v>34</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69884162</v>
+        <v>70653125</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15">
         <v>527579</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>26</v>
       </c>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15" t="s">
         <v>36</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69884159</v>
+        <v>70653117</v>
       </c>
       <c r="B16">
         <v>523500010182</v>
       </c>
       <c r="C16">
         <v>527579</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16" t="s">
         <v>40</v>
       </c>
       <c r="I16" t="s">
         <v>40</v>
       </c>