--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -107,57 +107,57 @@
   <si>
     <t>523500010279 correosdechile 880003477791</t>
   </si>
   <si>
     <t>2022-03-11 09:33:51</t>
   </si>
   <si>
     <t>528026 eshopex 523500010279</t>
   </si>
   <si>
     <t>2022-03-08 19:09:10</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2022-03-02 18:54:34</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2022-03-02 17:54:18</t>
   </si>
   <si>
+    <t>112-1554999-1840262 3004 17.27</t>
+  </si>
+  <si>
+    <t>2022-03-02 00:00:00</t>
+  </si>
+  <si>
     <t>112-4132142-1798661 3004 17.38</t>
-  </si>
-[...4 lines deleted...]
-    <t>112-1554999-1840262 3004 17.27</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t xml:space="preserve"> - </t>
   </si>
   <si>
     <t>0000-00-00 00:00:00</t>
   </si>
   <si>
     <t>eshopex</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -627,213 +627,213 @@
       </c>
       <c r="C5">
         <v>528026</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69873411</v>
+        <v>70267447</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6">
         <v>528026</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69873410</v>
+        <v>70267446</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7">
         <v>528026</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69873414</v>
+        <v>70267450</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8">
         <v>528026</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69873415</v>
+        <v>70267451</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>528026</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69873412</v>
+        <v>70267449</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10">
         <v>528026</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69873413</v>
+        <v>70267448</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11">
         <v>528026</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>22</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69873397</v>
+        <v>70267445</v>
       </c>
       <c r="B12">
         <v>523500010279</v>
       </c>
       <c r="C12">
         <v>528026</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>37</v>
       </c>
       <c r="I12" t="s">
         <v>37</v>
       </c>