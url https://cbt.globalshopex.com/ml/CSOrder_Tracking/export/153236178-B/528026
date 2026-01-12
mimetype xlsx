--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -627,213 +627,213 @@
       </c>
       <c r="C5">
         <v>528026</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70267447</v>
+        <v>70616822</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6">
         <v>528026</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70267446</v>
+        <v>70616821</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7">
         <v>528026</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70267450</v>
+        <v>70616825</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8">
         <v>528026</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70267451</v>
+        <v>70616826</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>528026</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70267449</v>
+        <v>70616824</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10">
         <v>528026</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70267448</v>
+        <v>70616823</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11">
         <v>528026</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>22</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70267445</v>
+        <v>70616820</v>
       </c>
       <c r="B12">
         <v>523500010279</v>
       </c>
       <c r="C12">
         <v>528026</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>37</v>
       </c>
       <c r="I12" t="s">
         <v>37</v>
       </c>