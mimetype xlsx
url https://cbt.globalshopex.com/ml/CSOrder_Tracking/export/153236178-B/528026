--- v2 (2026-01-12)
+++ v3 (2026-01-12)
@@ -627,213 +627,213 @@
       </c>
       <c r="C5">
         <v>528026</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70616822</v>
+        <v>70650824</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6">
         <v>528026</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70616821</v>
+        <v>70650823</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7">
         <v>528026</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70616825</v>
+        <v>70650827</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8">
         <v>528026</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70616826</v>
+        <v>70650828</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>528026</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70616824</v>
+        <v>70650826</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10">
         <v>528026</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10" t="s">
         <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70616823</v>
+        <v>70650825</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11">
         <v>528026</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11" t="s">
         <v>22</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70616820</v>
+        <v>70650821</v>
       </c>
       <c r="B12">
         <v>523500010279</v>
       </c>
       <c r="C12">
         <v>528026</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>37</v>
       </c>
       <c r="I12" t="s">
         <v>37</v>
       </c>