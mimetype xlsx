--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -574,51 +574,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70291169</v>
+        <v>70747569</v>
       </c>
       <c r="B2">
         <v>2.0123664349120E+14</v>
       </c>
       <c r="C2">
         <v>491205</v>
       </c>
       <c r="D2">
         <v>201236643</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1152,105 +1152,105 @@
       </c>
       <c r="C21">
         <v>491205</v>
       </c>
       <c r="D21">
         <v>201236643</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>29</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70291171</v>
+        <v>70747573</v>
       </c>
       <c r="B22">
         <v>2.0123664349120E+14</v>
       </c>
       <c r="C22">
         <v>491205</v>
       </c>
       <c r="D22">
         <v>201236643</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70291172</v>
+        <v>70747574</v>
       </c>
       <c r="B23">
         <v>2.0123664349120E+14</v>
       </c>
       <c r="C23">
         <v>491205</v>
       </c>
       <c r="D23">
         <v>201236643</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70291170</v>
+        <v>70747570</v>
       </c>
       <c r="B24">
         <v>2.0123664349120E+14</v>
       </c>
       <c r="C24">
         <v>491205</v>
       </c>
       <c r="D24">
         <v>201236643</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>