--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -917,51 +917,51 @@
       </c>
       <c r="C12">
         <v>496612</v>
       </c>
       <c r="D12">
         <v>201464413</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>31</v>
       </c>
       <c r="G12" t="s">
         <v>32</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70286696</v>
+        <v>70742166</v>
       </c>
       <c r="B13">
         <v>2.0146441349661E+14</v>
       </c>
       <c r="C13">
         <v>496612</v>
       </c>
       <c r="D13">
         <v>201464413</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:9">
@@ -1379,105 +1379,105 @@
       </c>
       <c r="C28">
         <v>496612</v>
       </c>
       <c r="D28">
         <v>201464413</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>31</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70286698</v>
+        <v>70742168</v>
       </c>
       <c r="B29">
         <v>2.0146441349661E+14</v>
       </c>
       <c r="C29">
         <v>496612</v>
       </c>
       <c r="D29">
         <v>201464413</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70286699</v>
+        <v>70742169</v>
       </c>
       <c r="B30">
         <v>2.0146441349661E+14</v>
       </c>
       <c r="C30">
         <v>496612</v>
       </c>
       <c r="D30">
         <v>201464413</v>
       </c>
       <c r="E30" t="s">
         <v>33</v>
       </c>
       <c r="F30" t="s">
         <v>63</v>
       </c>
       <c r="G30" t="s">
         <v>64</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70286697</v>
+        <v>70742167</v>
       </c>
       <c r="B31">
         <v>2.0146441349661E+14</v>
       </c>
       <c r="C31">
         <v>496612</v>
       </c>
       <c r="D31">
         <v>201464413</v>
       </c>
       <c r="E31" t="s">
         <v>33</v>
       </c>
       <c r="F31" t="s">
         <v>65</v>
       </c>
       <c r="G31" t="s">
         <v>66</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>