--- v0 (2025-10-12)
+++ v1 (2026-01-13)
@@ -466,51 +466,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69886142</v>
+        <v>70690617</v>
       </c>
       <c r="B2">
         <v>2.0197544548363E+14</v>
       </c>
       <c r="C2">
         <v>483629</v>
       </c>
       <c r="D2">
         <v>201975445</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -547,78 +547,78 @@
       <c r="B4">
         <v>2.0197544548363E+14</v>
       </c>
       <c r="C4">
         <v>483629</v>
       </c>
       <c r="D4">
         <v>201975445</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69886143</v>
+        <v>70690618</v>
       </c>
       <c r="B5">
         <v>2.0197544548363E+14</v>
       </c>
       <c r="C5">
         <v>483629</v>
       </c>
       <c r="D5">
         <v>201975445</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69886144</v>
+        <v>70690619</v>
       </c>
       <c r="B6">
         <v>2.0197544548363E+14</v>
       </c>
       <c r="C6">
         <v>483629</v>
       </c>
       <c r="D6">
         <v>201975445</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>