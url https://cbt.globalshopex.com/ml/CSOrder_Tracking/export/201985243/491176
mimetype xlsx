--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -664,51 +664,51 @@
       </c>
       <c r="C4">
         <v>491176</v>
       </c>
       <c r="D4">
         <v>201985243</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69857991</v>
+        <v>70259720</v>
       </c>
       <c r="B5">
         <v>2.0198524349118E+14</v>
       </c>
       <c r="C5">
         <v>491176</v>
       </c>
       <c r="D5">
         <v>201985243</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -1213,105 +1213,105 @@
       </c>
       <c r="C23">
         <v>491176</v>
       </c>
       <c r="D23">
         <v>201985243</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>35</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69857993</v>
+        <v>70259722</v>
       </c>
       <c r="B24">
         <v>2.0198524349118E+14</v>
       </c>
       <c r="C24">
         <v>491176</v>
       </c>
       <c r="D24">
         <v>201985243</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69857992</v>
+        <v>70259721</v>
       </c>
       <c r="B25">
         <v>2.0198524349118E+14</v>
       </c>
       <c r="C25">
         <v>491176</v>
       </c>
       <c r="D25">
         <v>201985243</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69857994</v>
+        <v>70259723</v>
       </c>
       <c r="B26">
         <v>2.0198524349118E+14</v>
       </c>
       <c r="C26">
         <v>491176</v>
       </c>
       <c r="D26">
         <v>201985243</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>