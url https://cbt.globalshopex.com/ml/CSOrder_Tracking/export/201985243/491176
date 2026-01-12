--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -664,51 +664,51 @@
       </c>
       <c r="C4">
         <v>491176</v>
       </c>
       <c r="D4">
         <v>201985243</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70259720</v>
+        <v>70686805</v>
       </c>
       <c r="B5">
         <v>2.0198524349118E+14</v>
       </c>
       <c r="C5">
         <v>491176</v>
       </c>
       <c r="D5">
         <v>201985243</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -1213,105 +1213,105 @@
       </c>
       <c r="C23">
         <v>491176</v>
       </c>
       <c r="D23">
         <v>201985243</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>35</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70259722</v>
+        <v>70686808</v>
       </c>
       <c r="B24">
         <v>2.0198524349118E+14</v>
       </c>
       <c r="C24">
         <v>491176</v>
       </c>
       <c r="D24">
         <v>201985243</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70259721</v>
+        <v>70686807</v>
       </c>
       <c r="B25">
         <v>2.0198524349118E+14</v>
       </c>
       <c r="C25">
         <v>491176</v>
       </c>
       <c r="D25">
         <v>201985243</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70259723</v>
+        <v>70686809</v>
       </c>
       <c r="B26">
         <v>2.0198524349118E+14</v>
       </c>
       <c r="C26">
         <v>491176</v>
       </c>
       <c r="D26">
         <v>201985243</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>