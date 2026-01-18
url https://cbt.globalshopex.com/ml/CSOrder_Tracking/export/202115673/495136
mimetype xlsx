--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1256,51 +1256,51 @@
       </c>
       <c r="C24">
         <v>495136</v>
       </c>
       <c r="D24">
         <v>202115673</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24" t="s">
         <v>52</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70287213</v>
+        <v>70742842</v>
       </c>
       <c r="B25">
         <v>2.0211567349514E+14</v>
       </c>
       <c r="C25">
         <v>495136</v>
       </c>
       <c r="D25">
         <v>202115673</v>
       </c>
       <c r="E25" t="s">
         <v>53</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:9">
@@ -1341,105 +1341,105 @@
       </c>
       <c r="C27">
         <v>495136</v>
       </c>
       <c r="D27">
         <v>202115673</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>28</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70287215</v>
+        <v>70742844</v>
       </c>
       <c r="B28">
         <v>2.0211567349514E+14</v>
       </c>
       <c r="C28">
         <v>495136</v>
       </c>
       <c r="D28">
         <v>202115673</v>
       </c>
       <c r="E28" t="s">
         <v>53</v>
       </c>
       <c r="F28" t="s">
         <v>58</v>
       </c>
       <c r="G28" t="s">
         <v>59</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70287216</v>
+        <v>70742845</v>
       </c>
       <c r="B29">
         <v>2.0211567349514E+14</v>
       </c>
       <c r="C29">
         <v>495136</v>
       </c>
       <c r="D29">
         <v>202115673</v>
       </c>
       <c r="E29" t="s">
         <v>53</v>
       </c>
       <c r="F29" t="s">
         <v>60</v>
       </c>
       <c r="G29" t="s">
         <v>61</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70287214</v>
+        <v>70742843</v>
       </c>
       <c r="B30">
         <v>2.0211567349514E+14</v>
       </c>
       <c r="C30">
         <v>495136</v>
       </c>
       <c r="D30">
         <v>202115673</v>
       </c>
       <c r="E30" t="s">
         <v>53</v>
       </c>
       <c r="F30" t="s">
         <v>62</v>
       </c>
       <c r="G30" t="s">
         <v>63</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>