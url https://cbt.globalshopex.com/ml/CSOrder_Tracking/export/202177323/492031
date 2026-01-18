--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -803,51 +803,51 @@
       </c>
       <c r="C9">
         <v>492031</v>
       </c>
       <c r="D9">
         <v>202177323</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70291009</v>
+        <v>70747427</v>
       </c>
       <c r="B10">
         <v>2.0217732349203E+14</v>
       </c>
       <c r="C10">
         <v>492031</v>
       </c>
       <c r="D10">
         <v>202177323</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9">
@@ -1149,105 +1149,105 @@
       </c>
       <c r="C21">
         <v>492031</v>
       </c>
       <c r="D21">
         <v>202177323</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>27</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70291011</v>
+        <v>70747433</v>
       </c>
       <c r="B22">
         <v>2.0217732349203E+14</v>
       </c>
       <c r="C22">
         <v>492031</v>
       </c>
       <c r="D22">
         <v>202177323</v>
       </c>
       <c r="E22" t="s">
         <v>29</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70291012</v>
+        <v>70747434</v>
       </c>
       <c r="B23">
         <v>2.0217732349203E+14</v>
       </c>
       <c r="C23">
         <v>492031</v>
       </c>
       <c r="D23">
         <v>202177323</v>
       </c>
       <c r="E23" t="s">
         <v>29</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70291010</v>
+        <v>70747429</v>
       </c>
       <c r="B24">
         <v>2.0217732349203E+14</v>
       </c>
       <c r="C24">
         <v>492031</v>
       </c>
       <c r="D24">
         <v>202177323</v>
       </c>
       <c r="E24" t="s">
         <v>29</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>