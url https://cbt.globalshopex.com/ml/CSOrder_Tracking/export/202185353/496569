--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -568,51 +568,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70286822</v>
+        <v>70742222</v>
       </c>
       <c r="B2">
         <v>2.0218535349657E+14</v>
       </c>
       <c r="C2">
         <v>496569</v>
       </c>
       <c r="D2">
         <v>202185353</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1117,105 +1117,105 @@
       </c>
       <c r="C20">
         <v>496569</v>
       </c>
       <c r="D20">
         <v>202185353</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>29</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20" t="s">
         <v>15</v>
       </c>
       <c r="I20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70286827</v>
+        <v>70742224</v>
       </c>
       <c r="B21">
         <v>2.0218535349657E+14</v>
       </c>
       <c r="C21">
         <v>496569</v>
       </c>
       <c r="D21">
         <v>202185353</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286828</v>
+        <v>70742225</v>
       </c>
       <c r="B22">
         <v>2.0218535349657E+14</v>
       </c>
       <c r="C22">
         <v>496569</v>
       </c>
       <c r="D22">
         <v>202185353</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286824</v>
+        <v>70742223</v>
       </c>
       <c r="B23">
         <v>2.0218535349657E+14</v>
       </c>
       <c r="C23">
         <v>496569</v>
       </c>
       <c r="D23">
         <v>202185353</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>