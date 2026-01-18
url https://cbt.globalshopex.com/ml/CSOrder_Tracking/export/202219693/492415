--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -791,51 +791,51 @@
       </c>
       <c r="C9">
         <v>492415</v>
       </c>
       <c r="D9">
         <v>202219693</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>26</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70290880</v>
+        <v>70747274</v>
       </c>
       <c r="B10">
         <v>2.0221969349242E+14</v>
       </c>
       <c r="C10">
         <v>492415</v>
       </c>
       <c r="D10">
         <v>202219693</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:9">
@@ -1079,105 +1079,105 @@
       </c>
       <c r="C19">
         <v>492415</v>
       </c>
       <c r="D19">
         <v>202219693</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>26</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70290882</v>
+        <v>70747276</v>
       </c>
       <c r="B20">
         <v>2.0221969349242E+14</v>
       </c>
       <c r="C20">
         <v>492415</v>
       </c>
       <c r="D20">
         <v>202219693</v>
       </c>
       <c r="E20" t="s">
         <v>28</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70290881</v>
+        <v>70747275</v>
       </c>
       <c r="B21">
         <v>2.0221969349242E+14</v>
       </c>
       <c r="C21">
         <v>492415</v>
       </c>
       <c r="D21">
         <v>202219693</v>
       </c>
       <c r="E21" t="s">
         <v>28</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70290883</v>
+        <v>70747277</v>
       </c>
       <c r="B22">
         <v>2.0221969349242E+14</v>
       </c>
       <c r="C22">
         <v>492415</v>
       </c>
       <c r="D22">
         <v>202219693</v>
       </c>
       <c r="E22" t="s">
         <v>28</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>