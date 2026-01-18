--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -948,51 +948,51 @@
       </c>
       <c r="C14">
         <v>495137</v>
       </c>
       <c r="D14">
         <v>202251673</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>36</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70287235</v>
+        <v>70746451</v>
       </c>
       <c r="B15">
         <v>2.0225167349514E+14</v>
       </c>
       <c r="C15">
         <v>495137</v>
       </c>
       <c r="D15">
         <v>202251673</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1149,105 +1149,105 @@
       </c>
       <c r="C21">
         <v>495137</v>
       </c>
       <c r="D21">
         <v>202251673</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>29</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70287239</v>
+        <v>70746453</v>
       </c>
       <c r="B22">
         <v>2.0225167349514E+14</v>
       </c>
       <c r="C22">
         <v>495137</v>
       </c>
       <c r="D22">
         <v>202251673</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70287240</v>
+        <v>70746454</v>
       </c>
       <c r="B23">
         <v>2.0225167349514E+14</v>
       </c>
       <c r="C23">
         <v>495137</v>
       </c>
       <c r="D23">
         <v>202251673</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70287236</v>
+        <v>70746452</v>
       </c>
       <c r="B24">
         <v>2.0225167349514E+14</v>
       </c>
       <c r="C24">
         <v>495137</v>
       </c>
       <c r="D24">
         <v>202251673</v>
       </c>
       <c r="E24" t="s">
         <v>37</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>