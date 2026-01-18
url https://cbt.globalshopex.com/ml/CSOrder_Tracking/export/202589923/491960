--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -934,51 +934,51 @@
       </c>
       <c r="C13">
         <v>491960</v>
       </c>
       <c r="D13">
         <v>202589923</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13" t="s">
         <v>33</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70291084</v>
+        <v>70747460</v>
       </c>
       <c r="B14">
         <v>2.0258992349196E+14</v>
       </c>
       <c r="C14">
         <v>491960</v>
       </c>
       <c r="D14">
         <v>202589923</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>35</v>
       </c>
       <c r="G14" t="s">
         <v>36</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1280,105 +1280,105 @@
       </c>
       <c r="C25">
         <v>491960</v>
       </c>
       <c r="D25">
         <v>202589923</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70291086</v>
+        <v>70747466</v>
       </c>
       <c r="B26">
         <v>2.0258992349196E+14</v>
       </c>
       <c r="C26">
         <v>491960</v>
       </c>
       <c r="D26">
         <v>202589923</v>
       </c>
       <c r="E26" t="s">
         <v>34</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70291087</v>
+        <v>70747467</v>
       </c>
       <c r="B27">
         <v>2.0258992349196E+14</v>
       </c>
       <c r="C27">
         <v>491960</v>
       </c>
       <c r="D27">
         <v>202589923</v>
       </c>
       <c r="E27" t="s">
         <v>34</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291085</v>
+        <v>70747462</v>
       </c>
       <c r="B28">
         <v>2.0258992349196E+14</v>
       </c>
       <c r="C28">
         <v>491960</v>
       </c>
       <c r="D28">
         <v>202589923</v>
       </c>
       <c r="E28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>