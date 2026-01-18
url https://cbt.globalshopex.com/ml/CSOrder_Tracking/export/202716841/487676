--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1006,51 +1006,51 @@
       </c>
       <c r="C14">
         <v>487676</v>
       </c>
       <c r="D14">
         <v>202716841</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>35</v>
       </c>
       <c r="G14" t="s">
         <v>36</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70291209</v>
+        <v>70747605</v>
       </c>
       <c r="B15">
         <v>2.0271684148768E+14</v>
       </c>
       <c r="C15">
         <v>487676</v>
       </c>
       <c r="D15">
         <v>202716841</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1551,105 +1551,105 @@
       </c>
       <c r="C33">
         <v>487676</v>
       </c>
       <c r="D33">
         <v>202716841</v>
       </c>
       <c r="E33" t="s">
         <v>17</v>
       </c>
       <c r="F33" t="s">
         <v>33</v>
       </c>
       <c r="G33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70291211</v>
+        <v>70747612</v>
       </c>
       <c r="B34">
         <v>2.0271684148768E+14</v>
       </c>
       <c r="C34">
         <v>487676</v>
       </c>
       <c r="D34">
         <v>202716841</v>
       </c>
       <c r="E34" t="s">
         <v>37</v>
       </c>
       <c r="F34" t="s">
         <v>71</v>
       </c>
       <c r="G34" t="s">
         <v>72</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70291212</v>
+        <v>70747613</v>
       </c>
       <c r="B35">
         <v>2.0271684148768E+14</v>
       </c>
       <c r="C35">
         <v>487676</v>
       </c>
       <c r="D35">
         <v>202716841</v>
       </c>
       <c r="E35" t="s">
         <v>37</v>
       </c>
       <c r="F35" t="s">
         <v>73</v>
       </c>
       <c r="G35" t="s">
         <v>74</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70291210</v>
+        <v>70747606</v>
       </c>
       <c r="B36">
         <v>2.0271684148768E+14</v>
       </c>
       <c r="C36">
         <v>487676</v>
       </c>
       <c r="D36">
         <v>202716841</v>
       </c>
       <c r="E36" t="s">
         <v>37</v>
       </c>
       <c r="F36" t="s">
         <v>75</v>
       </c>
       <c r="G36" t="s">
         <v>76</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>