--- v0 (2025-10-12)
+++ v1 (2026-01-13)
@@ -473,51 +473,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69886108</v>
+        <v>70690650</v>
       </c>
       <c r="B2">
         <v>2.0291417748177E+14</v>
       </c>
       <c r="C2">
         <v>481767</v>
       </c>
       <c r="D2">
         <v>202914177</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -608,78 +608,78 @@
       <c r="B6">
         <v>2.0291417748177E+14</v>
       </c>
       <c r="C6">
         <v>481767</v>
       </c>
       <c r="D6">
         <v>202914177</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6" t="s">
         <v>17</v>
       </c>
       <c r="G6" t="s">
         <v>20</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69886109</v>
+        <v>70690654</v>
       </c>
       <c r="B7">
         <v>2.0291417748177E+14</v>
       </c>
       <c r="C7">
         <v>481767</v>
       </c>
       <c r="D7">
         <v>202914177</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69886110</v>
+        <v>70690655</v>
       </c>
       <c r="B8">
         <v>2.0291417748177E+14</v>
       </c>
       <c r="C8">
         <v>481767</v>
       </c>
       <c r="D8">
         <v>202914177</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
         <v>23</v>
       </c>
       <c r="G8" t="s">
         <v>24</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>