--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -614,51 +614,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70291165</v>
+        <v>70747581</v>
       </c>
       <c r="B2">
         <v>2.0294618548624E+14</v>
       </c>
       <c r="C2">
         <v>486240</v>
       </c>
       <c r="D2">
         <v>202946185</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1420,105 +1420,105 @@
       </c>
       <c r="C29">
         <v>486240</v>
       </c>
       <c r="D29">
         <v>202946185</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>35</v>
       </c>
       <c r="G29" t="s">
         <v>65</v>
       </c>
       <c r="H29" t="s">
         <v>15</v>
       </c>
       <c r="I29" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70291166</v>
+        <v>70747582</v>
       </c>
       <c r="B30">
         <v>2.0294618548624E+14</v>
       </c>
       <c r="C30">
         <v>486240</v>
       </c>
       <c r="D30">
         <v>202946185</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" t="s">
         <v>66</v>
       </c>
       <c r="G30" t="s">
         <v>67</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70291167</v>
+        <v>70747583</v>
       </c>
       <c r="B31">
         <v>2.0294618548624E+14</v>
       </c>
       <c r="C31">
         <v>486240</v>
       </c>
       <c r="D31">
         <v>202946185</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
       <c r="F31" t="s">
         <v>68</v>
       </c>
       <c r="G31" t="s">
         <v>69</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70291168</v>
+        <v>70747584</v>
       </c>
       <c r="B32">
         <v>2.0294618548624E+14</v>
       </c>
       <c r="C32">
         <v>486240</v>
       </c>
       <c r="D32">
         <v>202946185</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
       <c r="F32" t="s">
         <v>70</v>
       </c>
       <c r="G32" t="s">
         <v>71</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>