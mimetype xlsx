--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -699,51 +699,51 @@
       </c>
       <c r="C5">
         <v>491941</v>
       </c>
       <c r="D5">
         <v>203312623</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70291092</v>
+        <v>70747461</v>
       </c>
       <c r="B6">
         <v>2.0331262349194E+14</v>
       </c>
       <c r="C6">
         <v>491941</v>
       </c>
       <c r="D6">
         <v>203312623</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
@@ -1219,105 +1219,105 @@
       </c>
       <c r="C23">
         <v>491941</v>
       </c>
       <c r="D23">
         <v>203312623</v>
       </c>
       <c r="E23" t="s">
         <v>19</v>
       </c>
       <c r="F23" t="s">
         <v>35</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70291094</v>
+        <v>70747468</v>
       </c>
       <c r="B24">
         <v>2.0331262349194E+14</v>
       </c>
       <c r="C24">
         <v>491941</v>
       </c>
       <c r="D24">
         <v>203312623</v>
       </c>
       <c r="E24" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70291095</v>
+        <v>70747471</v>
       </c>
       <c r="B25">
         <v>2.0331262349194E+14</v>
       </c>
       <c r="C25">
         <v>491941</v>
       </c>
       <c r="D25">
         <v>203312623</v>
       </c>
       <c r="E25" t="s">
         <v>22</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70291093</v>
+        <v>70747464</v>
       </c>
       <c r="B26">
         <v>2.0331262349194E+14</v>
       </c>
       <c r="C26">
         <v>491941</v>
       </c>
       <c r="D26">
         <v>203312623</v>
       </c>
       <c r="E26" t="s">
         <v>22</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>