--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1394,51 +1394,51 @@
       </c>
       <c r="C27">
         <v>492694</v>
       </c>
       <c r="D27">
         <v>203387793</v>
       </c>
       <c r="E27" t="s">
         <v>21</v>
       </c>
       <c r="F27" t="s">
         <v>53</v>
       </c>
       <c r="G27" t="s">
         <v>54</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70290924</v>
+        <v>70747153</v>
       </c>
       <c r="B28">
         <v>2.0338779349269E+14</v>
       </c>
       <c r="C28">
         <v>492694</v>
       </c>
       <c r="D28">
         <v>203387793</v>
       </c>
       <c r="E28" t="s">
         <v>55</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28" t="s">
         <v>57</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:9">
@@ -1740,105 +1740,105 @@
       </c>
       <c r="C39">
         <v>492694</v>
       </c>
       <c r="D39">
         <v>203387793</v>
       </c>
       <c r="E39" t="s">
         <v>21</v>
       </c>
       <c r="F39" t="s">
         <v>36</v>
       </c>
       <c r="G39" t="s">
         <v>74</v>
       </c>
       <c r="H39" t="s">
         <v>12</v>
       </c>
       <c r="I39" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>70290926</v>
+        <v>70747157</v>
       </c>
       <c r="B40">
         <v>2.0338779349269E+14</v>
       </c>
       <c r="C40">
         <v>492694</v>
       </c>
       <c r="D40">
         <v>203387793</v>
       </c>
       <c r="E40" t="s">
         <v>55</v>
       </c>
       <c r="F40" t="s">
         <v>75</v>
       </c>
       <c r="G40" t="s">
         <v>76</v>
       </c>
       <c r="H40"/>
       <c r="I40" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>70290927</v>
+        <v>70747158</v>
       </c>
       <c r="B41">
         <v>2.0338779349269E+14</v>
       </c>
       <c r="C41">
         <v>492694</v>
       </c>
       <c r="D41">
         <v>203387793</v>
       </c>
       <c r="E41" t="s">
         <v>55</v>
       </c>
       <c r="F41" t="s">
         <v>77</v>
       </c>
       <c r="G41" t="s">
         <v>78</v>
       </c>
       <c r="H41"/>
       <c r="I41" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>70290925</v>
+        <v>70747154</v>
       </c>
       <c r="B42">
         <v>2.0338779349269E+14</v>
       </c>
       <c r="C42">
         <v>492694</v>
       </c>
       <c r="D42">
         <v>203387793</v>
       </c>
       <c r="E42" t="s">
         <v>55</v>
       </c>
       <c r="F42" t="s">
         <v>79</v>
       </c>
       <c r="G42" t="s">
         <v>80</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>