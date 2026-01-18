--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -855,51 +855,51 @@
       </c>
       <c r="C11">
         <v>492586</v>
       </c>
       <c r="D11">
         <v>203424793</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70290932</v>
+        <v>70747150</v>
       </c>
       <c r="B12">
         <v>2.0342479349259E+14</v>
       </c>
       <c r="C12">
         <v>492586</v>
       </c>
       <c r="D12">
         <v>203424793</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1085,105 +1085,105 @@
       </c>
       <c r="C19">
         <v>492586</v>
       </c>
       <c r="D19">
         <v>203424793</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>26</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70290934</v>
+        <v>70747155</v>
       </c>
       <c r="B20">
         <v>2.0342479349259E+14</v>
       </c>
       <c r="C20">
         <v>492586</v>
       </c>
       <c r="D20">
         <v>203424793</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70290935</v>
+        <v>70747156</v>
       </c>
       <c r="B21">
         <v>2.0342479349259E+14</v>
       </c>
       <c r="C21">
         <v>492586</v>
       </c>
       <c r="D21">
         <v>203424793</v>
       </c>
       <c r="E21" t="s">
         <v>33</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>53</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70290933</v>
+        <v>70747152</v>
       </c>
       <c r="B22">
         <v>2.0342479349259E+14</v>
       </c>
       <c r="C22">
         <v>492586</v>
       </c>
       <c r="D22">
         <v>203424793</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>