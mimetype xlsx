--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -605,51 +605,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70291193</v>
+        <v>70747621</v>
       </c>
       <c r="B2">
         <v>2.0353877148906E+14</v>
       </c>
       <c r="C2">
         <v>489055</v>
       </c>
       <c r="D2">
         <v>203538771</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1324,105 +1324,105 @@
       </c>
       <c r="C26">
         <v>489055</v>
       </c>
       <c r="D26">
         <v>203538771</v>
       </c>
       <c r="E26" t="s">
         <v>22</v>
       </c>
       <c r="F26" t="s">
         <v>37</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26" t="s">
         <v>15</v>
       </c>
       <c r="I26" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70291194</v>
+        <v>70747624</v>
       </c>
       <c r="B27">
         <v>2.0353877148906E+14</v>
       </c>
       <c r="C27">
         <v>489055</v>
       </c>
       <c r="D27">
         <v>203538771</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291195</v>
+        <v>70747627</v>
       </c>
       <c r="B28">
         <v>2.0353877148906E+14</v>
       </c>
       <c r="C28">
         <v>489055</v>
       </c>
       <c r="D28">
         <v>203538771</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70291196</v>
+        <v>70747630</v>
       </c>
       <c r="B29">
         <v>2.0353877148906E+14</v>
       </c>
       <c r="C29">
         <v>489055</v>
       </c>
       <c r="D29">
         <v>203538771</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>