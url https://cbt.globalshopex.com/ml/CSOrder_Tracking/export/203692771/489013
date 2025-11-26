--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -739,51 +739,51 @@
       </c>
       <c r="C8">
         <v>489013</v>
       </c>
       <c r="D8">
         <v>203692771</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69869972</v>
+        <v>70264541</v>
       </c>
       <c r="B9">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C9">
         <v>489013</v>
       </c>
       <c r="D9">
         <v>203692771</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:9">
@@ -847,105 +847,105 @@
       <c r="B12">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C12">
         <v>489013</v>
       </c>
       <c r="D12">
         <v>203692771</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69869974</v>
+        <v>70264543</v>
       </c>
       <c r="B13">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C13">
         <v>489013</v>
       </c>
       <c r="D13">
         <v>203692771</v>
       </c>
       <c r="E13" t="s">
         <v>29</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>41</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69869973</v>
+        <v>70264542</v>
       </c>
       <c r="B14">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C14">
         <v>489013</v>
       </c>
       <c r="D14">
         <v>203692771</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69869975</v>
+        <v>70264544</v>
       </c>
       <c r="B15">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C15">
         <v>489013</v>
       </c>
       <c r="D15">
         <v>203692771</v>
       </c>
       <c r="E15" t="s">
         <v>29</v>
       </c>
       <c r="F15" t="s">
         <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>