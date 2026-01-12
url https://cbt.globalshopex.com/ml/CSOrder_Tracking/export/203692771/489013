--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -739,51 +739,51 @@
       </c>
       <c r="C8">
         <v>489013</v>
       </c>
       <c r="D8">
         <v>203692771</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70264541</v>
+        <v>70599239</v>
       </c>
       <c r="B9">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C9">
         <v>489013</v>
       </c>
       <c r="D9">
         <v>203692771</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:9">
@@ -847,105 +847,105 @@
       <c r="B12">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C12">
         <v>489013</v>
       </c>
       <c r="D12">
         <v>203692771</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70264543</v>
+        <v>70599242</v>
       </c>
       <c r="B13">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C13">
         <v>489013</v>
       </c>
       <c r="D13">
         <v>203692771</v>
       </c>
       <c r="E13" t="s">
         <v>29</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>41</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70264542</v>
+        <v>70599240</v>
       </c>
       <c r="B14">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C14">
         <v>489013</v>
       </c>
       <c r="D14">
         <v>203692771</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70264544</v>
+        <v>70599244</v>
       </c>
       <c r="B15">
         <v>2.0369277148901E+14</v>
       </c>
       <c r="C15">
         <v>489013</v>
       </c>
       <c r="D15">
         <v>203692771</v>
       </c>
       <c r="E15" t="s">
         <v>29</v>
       </c>
       <c r="F15" t="s">
         <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>