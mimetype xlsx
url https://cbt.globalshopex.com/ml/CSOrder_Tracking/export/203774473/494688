--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1166,51 +1166,51 @@
       </c>
       <c r="C21">
         <v>494688</v>
       </c>
       <c r="D21">
         <v>203774473</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70290520</v>
+        <v>70746475</v>
       </c>
       <c r="B22">
         <v>2.0377447349469E+14</v>
       </c>
       <c r="C22">
         <v>494688</v>
       </c>
       <c r="D22">
         <v>203774473</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>49</v>
       </c>
       <c r="G22" t="s">
         <v>50</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1280,105 +1280,105 @@
       </c>
       <c r="C25">
         <v>494688</v>
       </c>
       <c r="D25">
         <v>203774473</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70290522</v>
+        <v>70746477</v>
       </c>
       <c r="B26">
         <v>2.0377447349469E+14</v>
       </c>
       <c r="C26">
         <v>494688</v>
       </c>
       <c r="D26">
         <v>203774473</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70290523</v>
+        <v>70746478</v>
       </c>
       <c r="B27">
         <v>2.0377447349469E+14</v>
       </c>
       <c r="C27">
         <v>494688</v>
       </c>
       <c r="D27">
         <v>203774473</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70290521</v>
+        <v>70746476</v>
       </c>
       <c r="B28">
         <v>2.0377447349469E+14</v>
       </c>
       <c r="C28">
         <v>494688</v>
       </c>
       <c r="D28">
         <v>203774473</v>
       </c>
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>