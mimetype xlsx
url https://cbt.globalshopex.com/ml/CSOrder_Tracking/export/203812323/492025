--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -1030,51 +1030,51 @@
       </c>
       <c r="C16">
         <v>492025</v>
       </c>
       <c r="D16">
         <v>203812323</v>
       </c>
       <c r="E16" t="s">
         <v>19</v>
       </c>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16" t="s">
         <v>38</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69870792</v>
+        <v>70291076</v>
       </c>
       <c r="B17">
         <v>2.0381232349202E+14</v>
       </c>
       <c r="C17">
         <v>492025</v>
       </c>
       <c r="D17">
         <v>203812323</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1347,105 +1347,105 @@
       </c>
       <c r="C27">
         <v>492025</v>
       </c>
       <c r="D27">
         <v>203812323</v>
       </c>
       <c r="E27" t="s">
         <v>19</v>
       </c>
       <c r="F27" t="s">
         <v>37</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69870794</v>
+        <v>70291078</v>
       </c>
       <c r="B28">
         <v>2.0381232349202E+14</v>
       </c>
       <c r="C28">
         <v>492025</v>
       </c>
       <c r="D28">
         <v>203812323</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69870795</v>
+        <v>70291079</v>
       </c>
       <c r="B29">
         <v>2.0381232349202E+14</v>
       </c>
       <c r="C29">
         <v>492025</v>
       </c>
       <c r="D29">
         <v>203812323</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69870793</v>
+        <v>70291077</v>
       </c>
       <c r="B30">
         <v>2.0381232349202E+14</v>
       </c>
       <c r="C30">
         <v>492025</v>
       </c>
       <c r="D30">
         <v>203812323</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>65</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>