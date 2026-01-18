--- v1 (2025-11-29)
+++ v2 (2026-01-18)
@@ -1030,51 +1030,51 @@
       </c>
       <c r="C16">
         <v>492025</v>
       </c>
       <c r="D16">
         <v>203812323</v>
       </c>
       <c r="E16" t="s">
         <v>19</v>
       </c>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16" t="s">
         <v>38</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70291076</v>
+        <v>70747436</v>
       </c>
       <c r="B17">
         <v>2.0381232349202E+14</v>
       </c>
       <c r="C17">
         <v>492025</v>
       </c>
       <c r="D17">
         <v>203812323</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1347,105 +1347,105 @@
       </c>
       <c r="C27">
         <v>492025</v>
       </c>
       <c r="D27">
         <v>203812323</v>
       </c>
       <c r="E27" t="s">
         <v>19</v>
       </c>
       <c r="F27" t="s">
         <v>37</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291078</v>
+        <v>70747444</v>
       </c>
       <c r="B28">
         <v>2.0381232349202E+14</v>
       </c>
       <c r="C28">
         <v>492025</v>
       </c>
       <c r="D28">
         <v>203812323</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70291079</v>
+        <v>70747445</v>
       </c>
       <c r="B29">
         <v>2.0381232349202E+14</v>
       </c>
       <c r="C29">
         <v>492025</v>
       </c>
       <c r="D29">
         <v>203812323</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70291077</v>
+        <v>70747438</v>
       </c>
       <c r="B30">
         <v>2.0381232349202E+14</v>
       </c>
       <c r="C30">
         <v>492025</v>
       </c>
       <c r="D30">
         <v>203812323</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>65</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>