--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -797,51 +797,51 @@
       </c>
       <c r="C9">
         <v>492310</v>
       </c>
       <c r="D9">
         <v>203911293</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>26</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70290892</v>
+        <v>70747290</v>
       </c>
       <c r="B10">
         <v>2.0391129349231E+14</v>
       </c>
       <c r="C10">
         <v>492310</v>
       </c>
       <c r="D10">
         <v>203911293</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9">
@@ -1085,105 +1085,105 @@
       </c>
       <c r="C19">
         <v>492310</v>
       </c>
       <c r="D19">
         <v>203911293</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>26</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70290894</v>
+        <v>70747292</v>
       </c>
       <c r="B20">
         <v>2.0391129349231E+14</v>
       </c>
       <c r="C20">
         <v>492310</v>
       </c>
       <c r="D20">
         <v>203911293</v>
       </c>
       <c r="E20" t="s">
         <v>29</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70290893</v>
+        <v>70747291</v>
       </c>
       <c r="B21">
         <v>2.0391129349231E+14</v>
       </c>
       <c r="C21">
         <v>492310</v>
       </c>
       <c r="D21">
         <v>203911293</v>
       </c>
       <c r="E21" t="s">
         <v>29</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>53</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70290895</v>
+        <v>70747293</v>
       </c>
       <c r="B22">
         <v>2.0391129349231E+14</v>
       </c>
       <c r="C22">
         <v>492310</v>
       </c>
       <c r="D22">
         <v>203911293</v>
       </c>
       <c r="E22" t="s">
         <v>29</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>