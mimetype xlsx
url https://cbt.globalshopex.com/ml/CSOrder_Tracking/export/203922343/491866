--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -966,51 +966,51 @@
       </c>
       <c r="C14">
         <v>491866</v>
       </c>
       <c r="D14">
         <v>203922343</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70291100</v>
+        <v>70747591</v>
       </c>
       <c r="B15">
         <v>2.0392234349187E+14</v>
       </c>
       <c r="C15">
         <v>491866</v>
       </c>
       <c r="D15">
         <v>203922343</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" t="s">
         <v>37</v>
       </c>
       <c r="G15" t="s">
         <v>38</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1312,105 +1312,105 @@
       </c>
       <c r="C26">
         <v>491866</v>
       </c>
       <c r="D26">
         <v>203922343</v>
       </c>
       <c r="E26" t="s">
         <v>51</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70291102</v>
+        <v>70747595</v>
       </c>
       <c r="B27">
         <v>2.0392234349187E+14</v>
       </c>
       <c r="C27">
         <v>491866</v>
       </c>
       <c r="D27">
         <v>203922343</v>
       </c>
       <c r="E27" t="s">
         <v>36</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291101</v>
+        <v>70747592</v>
       </c>
       <c r="B28">
         <v>2.0392234349187E+14</v>
       </c>
       <c r="C28">
         <v>491866</v>
       </c>
       <c r="D28">
         <v>203922343</v>
       </c>
       <c r="E28" t="s">
         <v>36</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70291103</v>
+        <v>70747600</v>
       </c>
       <c r="B29">
         <v>2.0392234349187E+14</v>
       </c>
       <c r="C29">
         <v>491866</v>
       </c>
       <c r="D29">
         <v>203922343</v>
       </c>
       <c r="E29" t="s">
         <v>36</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>