--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1035,51 +1035,51 @@
       </c>
       <c r="C17">
         <v>494390</v>
       </c>
       <c r="D17">
         <v>203971183</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70290566</v>
+        <v>70542427</v>
       </c>
       <c r="B18">
         <v>2.0397118349439E+14</v>
       </c>
       <c r="C18">
         <v>494390</v>
       </c>
       <c r="D18">
         <v>203971183</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>44</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:9">
@@ -1178,105 +1178,105 @@
       </c>
       <c r="C22">
         <v>494390</v>
       </c>
       <c r="D22">
         <v>203971183</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>46</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290568</v>
+        <v>70542429</v>
       </c>
       <c r="B23">
         <v>2.0397118349439E+14</v>
       </c>
       <c r="C23">
         <v>494390</v>
       </c>
       <c r="D23">
         <v>203971183</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
         <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70290569</v>
+        <v>70542430</v>
       </c>
       <c r="B24">
         <v>2.0397118349439E+14</v>
       </c>
       <c r="C24">
         <v>494390</v>
       </c>
       <c r="D24">
         <v>203971183</v>
       </c>
       <c r="E24" t="s">
         <v>42</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70290567</v>
+        <v>70542428</v>
       </c>
       <c r="B25">
         <v>2.0397118349439E+14</v>
       </c>
       <c r="C25">
         <v>494390</v>
       </c>
       <c r="D25">
         <v>203971183</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>