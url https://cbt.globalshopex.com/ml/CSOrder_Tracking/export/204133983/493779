--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1131,51 +1131,51 @@
       </c>
       <c r="C20">
         <v>493779</v>
       </c>
       <c r="D20">
         <v>204133983</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70290692</v>
+        <v>70746709</v>
       </c>
       <c r="B21">
         <v>2.0413398349378E+14</v>
       </c>
       <c r="C21">
         <v>493779</v>
       </c>
       <c r="D21">
         <v>204133983</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1245,105 +1245,105 @@
       </c>
       <c r="C24">
         <v>493779</v>
       </c>
       <c r="D24">
         <v>204133983</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>30</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70290694</v>
+        <v>70746713</v>
       </c>
       <c r="B25">
         <v>2.0413398349378E+14</v>
       </c>
       <c r="C25">
         <v>493779</v>
       </c>
       <c r="D25">
         <v>204133983</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70290693</v>
+        <v>70746711</v>
       </c>
       <c r="B26">
         <v>2.0413398349378E+14</v>
       </c>
       <c r="C26">
         <v>493779</v>
       </c>
       <c r="D26">
         <v>204133983</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70290695</v>
+        <v>70746715</v>
       </c>
       <c r="B27">
         <v>2.0413398349378E+14</v>
       </c>
       <c r="C27">
         <v>493779</v>
       </c>
       <c r="D27">
         <v>204133983</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>