--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1553,51 +1553,51 @@
       </c>
       <c r="C33">
         <v>495452</v>
       </c>
       <c r="D33">
         <v>204224773</v>
       </c>
       <c r="E33" t="s">
         <v>60</v>
       </c>
       <c r="F33" t="s">
         <v>63</v>
       </c>
       <c r="G33" t="s">
         <v>64</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70287225</v>
+        <v>70742932</v>
       </c>
       <c r="B34">
         <v>2.0422477349545E+14</v>
       </c>
       <c r="C34">
         <v>495452</v>
       </c>
       <c r="D34">
         <v>204224773</v>
       </c>
       <c r="E34" t="s">
         <v>65</v>
       </c>
       <c r="F34" t="s">
         <v>66</v>
       </c>
       <c r="G34" t="s">
         <v>67</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:9">
@@ -1638,105 +1638,105 @@
       </c>
       <c r="C36">
         <v>495452</v>
       </c>
       <c r="D36">
         <v>204224773</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>43</v>
       </c>
       <c r="G36" t="s">
         <v>69</v>
       </c>
       <c r="H36" t="s">
         <v>12</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>70287227</v>
+        <v>70742934</v>
       </c>
       <c r="B37">
         <v>2.0422477349545E+14</v>
       </c>
       <c r="C37">
         <v>495452</v>
       </c>
       <c r="D37">
         <v>204224773</v>
       </c>
       <c r="E37" t="s">
         <v>65</v>
       </c>
       <c r="F37" t="s">
         <v>70</v>
       </c>
       <c r="G37" t="s">
         <v>71</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>70287228</v>
+        <v>70742935</v>
       </c>
       <c r="B38">
         <v>2.0422477349545E+14</v>
       </c>
       <c r="C38">
         <v>495452</v>
       </c>
       <c r="D38">
         <v>204224773</v>
       </c>
       <c r="E38" t="s">
         <v>65</v>
       </c>
       <c r="F38" t="s">
         <v>72</v>
       </c>
       <c r="G38" t="s">
         <v>73</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>70287226</v>
+        <v>70742933</v>
       </c>
       <c r="B39">
         <v>2.0422477349545E+14</v>
       </c>
       <c r="C39">
         <v>495452</v>
       </c>
       <c r="D39">
         <v>204224773</v>
       </c>
       <c r="E39" t="s">
         <v>65</v>
       </c>
       <c r="F39" t="s">
         <v>74</v>
       </c>
       <c r="G39" t="s">
         <v>75</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>