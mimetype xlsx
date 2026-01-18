--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1361,51 +1361,51 @@
       </c>
       <c r="C27">
         <v>496375</v>
       </c>
       <c r="D27">
         <v>204225753</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
         <v>57</v>
       </c>
       <c r="G27" t="s">
         <v>58</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70286871</v>
+        <v>70742487</v>
       </c>
       <c r="B28">
         <v>2.0422575349638E+14</v>
       </c>
       <c r="C28">
         <v>496375</v>
       </c>
       <c r="D28">
         <v>204225753</v>
       </c>
       <c r="E28" t="s">
         <v>59</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:9">
@@ -1446,105 +1446,105 @@
       </c>
       <c r="C30">
         <v>496375</v>
       </c>
       <c r="D30">
         <v>204225753</v>
       </c>
       <c r="E30" t="s">
         <v>54</v>
       </c>
       <c r="F30" t="s">
         <v>55</v>
       </c>
       <c r="G30" t="s">
         <v>63</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70286877</v>
+        <v>70742493</v>
       </c>
       <c r="B31">
         <v>2.0422575349638E+14</v>
       </c>
       <c r="C31">
         <v>496375</v>
       </c>
       <c r="D31">
         <v>204225753</v>
       </c>
       <c r="E31" t="s">
         <v>59</v>
       </c>
       <c r="F31" t="s">
         <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>65</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70286872</v>
+        <v>70742490</v>
       </c>
       <c r="B32">
         <v>2.0422575349638E+14</v>
       </c>
       <c r="C32">
         <v>496375</v>
       </c>
       <c r="D32">
         <v>204225753</v>
       </c>
       <c r="E32" t="s">
         <v>59</v>
       </c>
       <c r="F32" t="s">
         <v>66</v>
       </c>
       <c r="G32" t="s">
         <v>67</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70286879</v>
+        <v>70742494</v>
       </c>
       <c r="B33">
         <v>2.0422575349638E+14</v>
       </c>
       <c r="C33">
         <v>496375</v>
       </c>
       <c r="D33">
         <v>204225753</v>
       </c>
       <c r="E33" t="s">
         <v>59</v>
       </c>
       <c r="F33" t="s">
         <v>68</v>
       </c>
       <c r="G33" t="s">
         <v>69</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>