--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -995,51 +995,51 @@
       </c>
       <c r="C15">
         <v>491957</v>
       </c>
       <c r="D15">
         <v>204356923</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15" t="s">
         <v>36</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70291041</v>
+        <v>70747439</v>
       </c>
       <c r="B16">
         <v>2.0435692349196E+14</v>
       </c>
       <c r="C16">
         <v>491957</v>
       </c>
       <c r="D16">
         <v>204356923</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1312,105 +1312,105 @@
       </c>
       <c r="C26">
         <v>491957</v>
       </c>
       <c r="D26">
         <v>204356923</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>35</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70291045</v>
+        <v>70747447</v>
       </c>
       <c r="B27">
         <v>2.0435692349196E+14</v>
       </c>
       <c r="C27">
         <v>491957</v>
       </c>
       <c r="D27">
         <v>204356923</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291046</v>
+        <v>70747451</v>
       </c>
       <c r="B28">
         <v>2.0435692349196E+14</v>
       </c>
       <c r="C28">
         <v>491957</v>
       </c>
       <c r="D28">
         <v>204356923</v>
       </c>
       <c r="E28" t="s">
         <v>37</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70291042</v>
+        <v>70747442</v>
       </c>
       <c r="B29">
         <v>2.0435692349196E+14</v>
       </c>
       <c r="C29">
         <v>491957</v>
       </c>
       <c r="D29">
         <v>204356923</v>
       </c>
       <c r="E29" t="s">
         <v>37</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>