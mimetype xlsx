--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -861,51 +861,51 @@
       </c>
       <c r="C11">
         <v>493090</v>
       </c>
       <c r="D11">
         <v>204372393</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70290757</v>
+        <v>70746973</v>
       </c>
       <c r="B12">
         <v>2.0437239349309E+14</v>
       </c>
       <c r="C12">
         <v>493090</v>
       </c>
       <c r="D12">
         <v>204372393</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1149,105 +1149,105 @@
       </c>
       <c r="C21">
         <v>493090</v>
       </c>
       <c r="D21">
         <v>204372393</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>30</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70290759</v>
+        <v>70746975</v>
       </c>
       <c r="B22">
         <v>2.0437239349309E+14</v>
       </c>
       <c r="C22">
         <v>493090</v>
       </c>
       <c r="D22">
         <v>204372393</v>
       </c>
       <c r="E22" t="s">
         <v>32</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290760</v>
+        <v>70746976</v>
       </c>
       <c r="B23">
         <v>2.0437239349309E+14</v>
       </c>
       <c r="C23">
         <v>493090</v>
       </c>
       <c r="D23">
         <v>204372393</v>
       </c>
       <c r="E23" t="s">
         <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70290758</v>
+        <v>70746974</v>
       </c>
       <c r="B24">
         <v>2.0437239349309E+14</v>
       </c>
       <c r="C24">
         <v>493090</v>
       </c>
       <c r="D24">
         <v>204372393</v>
       </c>
       <c r="E24" t="s">
         <v>32</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>