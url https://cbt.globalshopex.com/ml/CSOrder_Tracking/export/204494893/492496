--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1396,51 +1396,51 @@
       </c>
       <c r="C28">
         <v>492496</v>
       </c>
       <c r="D28">
         <v>204494893</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>53</v>
       </c>
       <c r="G28" t="s">
         <v>55</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70290876</v>
+        <v>70747128</v>
       </c>
       <c r="B29">
         <v>2.044948934925E+14</v>
       </c>
       <c r="C29">
         <v>492496</v>
       </c>
       <c r="D29">
         <v>204494893</v>
       </c>
       <c r="E29" t="s">
         <v>56</v>
       </c>
       <c r="F29" t="s">
         <v>57</v>
       </c>
       <c r="G29" t="s">
         <v>58</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:9">
@@ -1539,105 +1539,105 @@
       </c>
       <c r="C33">
         <v>492496</v>
       </c>
       <c r="D33">
         <v>204494893</v>
       </c>
       <c r="E33" t="s">
         <v>59</v>
       </c>
       <c r="F33" t="s">
         <v>60</v>
       </c>
       <c r="G33" t="s">
         <v>65</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70290878</v>
+        <v>70747139</v>
       </c>
       <c r="B34">
         <v>2.044948934925E+14</v>
       </c>
       <c r="C34">
         <v>492496</v>
       </c>
       <c r="D34">
         <v>204494893</v>
       </c>
       <c r="E34" t="s">
         <v>56</v>
       </c>
       <c r="F34" t="s">
         <v>66</v>
       </c>
       <c r="G34" t="s">
         <v>67</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70290879</v>
+        <v>70747146</v>
       </c>
       <c r="B35">
         <v>2.044948934925E+14</v>
       </c>
       <c r="C35">
         <v>492496</v>
       </c>
       <c r="D35">
         <v>204494893</v>
       </c>
       <c r="E35" t="s">
         <v>56</v>
       </c>
       <c r="F35" t="s">
         <v>68</v>
       </c>
       <c r="G35" t="s">
         <v>69</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70290877</v>
+        <v>70747134</v>
       </c>
       <c r="B36">
         <v>2.044948934925E+14</v>
       </c>
       <c r="C36">
         <v>492496</v>
       </c>
       <c r="D36">
         <v>204494893</v>
       </c>
       <c r="E36" t="s">
         <v>56</v>
       </c>
       <c r="F36" t="s">
         <v>70</v>
       </c>
       <c r="G36" t="s">
         <v>71</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>