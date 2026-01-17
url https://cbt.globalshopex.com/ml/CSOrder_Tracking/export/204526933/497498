--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -1061,51 +1061,51 @@
       </c>
       <c r="C18">
         <v>497498</v>
       </c>
       <c r="D18">
         <v>204526933</v>
       </c>
       <c r="E18" t="s">
         <v>41</v>
       </c>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>45</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70286649</v>
+        <v>70741877</v>
       </c>
       <c r="B19">
         <v>2.045269334975E+14</v>
       </c>
       <c r="C19">
         <v>497498</v>
       </c>
       <c r="D19">
         <v>204526933</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>47</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:9">
@@ -1146,105 +1146,105 @@
       </c>
       <c r="C21">
         <v>497498</v>
       </c>
       <c r="D21">
         <v>204526933</v>
       </c>
       <c r="E21" t="s">
         <v>41</v>
       </c>
       <c r="F21" t="s">
         <v>42</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286651</v>
+        <v>70741879</v>
       </c>
       <c r="B22">
         <v>2.045269334975E+14</v>
       </c>
       <c r="C22">
         <v>497498</v>
       </c>
       <c r="D22">
         <v>204526933</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286652</v>
+        <v>70741880</v>
       </c>
       <c r="B23">
         <v>2.045269334975E+14</v>
       </c>
       <c r="C23">
         <v>497498</v>
       </c>
       <c r="D23">
         <v>204526933</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286650</v>
+        <v>70741878</v>
       </c>
       <c r="B24">
         <v>2.045269334975E+14</v>
       </c>
       <c r="C24">
         <v>497498</v>
       </c>
       <c r="D24">
         <v>204526933</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>56</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>