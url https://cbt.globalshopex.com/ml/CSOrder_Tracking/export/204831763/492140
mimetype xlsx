--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -533,132 +533,132 @@
       </c>
       <c r="C3">
         <v>492140</v>
       </c>
       <c r="D3">
         <v>204831763</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69859867</v>
+        <v>70599370</v>
       </c>
       <c r="B4">
         <v>2.0483176349214E+14</v>
       </c>
       <c r="C4">
         <v>492140</v>
       </c>
       <c r="D4">
         <v>204831763</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69859869</v>
+        <v>70599375</v>
       </c>
       <c r="B5">
         <v>2.0483176349214E+14</v>
       </c>
       <c r="C5">
         <v>492140</v>
       </c>
       <c r="D5">
         <v>204831763</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>19</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69859870</v>
+        <v>70599376</v>
       </c>
       <c r="B6">
         <v>2.0483176349214E+14</v>
       </c>
       <c r="C6">
         <v>492140</v>
       </c>
       <c r="D6">
         <v>204831763</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>21</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69859868</v>
+        <v>70599372</v>
       </c>
       <c r="B7">
         <v>2.0483176349214E+14</v>
       </c>
       <c r="C7">
         <v>492140</v>
       </c>
       <c r="D7">
         <v>204831763</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>23</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">