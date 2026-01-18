--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -954,51 +954,51 @@
       </c>
       <c r="C14">
         <v>491771</v>
       </c>
       <c r="D14">
         <v>204963143</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70291205</v>
+        <v>70747608</v>
       </c>
       <c r="B15">
         <v>2.0496314349177E+14</v>
       </c>
       <c r="C15">
         <v>491771</v>
       </c>
       <c r="D15">
         <v>204963143</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" t="s">
         <v>37</v>
       </c>
       <c r="G15" t="s">
         <v>38</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1213,105 +1213,105 @@
       </c>
       <c r="C23">
         <v>491771</v>
       </c>
       <c r="D23">
         <v>204963143</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70291207</v>
+        <v>70747615</v>
       </c>
       <c r="B24">
         <v>2.0496314349177E+14</v>
       </c>
       <c r="C24">
         <v>491771</v>
       </c>
       <c r="D24">
         <v>204963143</v>
       </c>
       <c r="E24" t="s">
         <v>36</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70291208</v>
+        <v>70747617</v>
       </c>
       <c r="B25">
         <v>2.0496314349177E+14</v>
       </c>
       <c r="C25">
         <v>491771</v>
       </c>
       <c r="D25">
         <v>204963143</v>
       </c>
       <c r="E25" t="s">
         <v>36</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70291206</v>
+        <v>70747609</v>
       </c>
       <c r="B26">
         <v>2.0496314349177E+14</v>
       </c>
       <c r="C26">
         <v>491771</v>
       </c>
       <c r="D26">
         <v>204963143</v>
       </c>
       <c r="E26" t="s">
         <v>36</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>