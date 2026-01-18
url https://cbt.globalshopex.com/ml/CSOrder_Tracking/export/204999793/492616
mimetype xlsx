--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1093,51 +1093,51 @@
       </c>
       <c r="C19">
         <v>492616</v>
       </c>
       <c r="D19">
         <v>204999793</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19" t="s">
         <v>46</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70290940</v>
+        <v>70747179</v>
       </c>
       <c r="B20">
         <v>2.0499979349262E+14</v>
       </c>
       <c r="C20">
         <v>492616</v>
       </c>
       <c r="D20">
         <v>204999793</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1178,105 +1178,105 @@
       </c>
       <c r="C22">
         <v>492616</v>
       </c>
       <c r="D22">
         <v>204999793</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290942</v>
+        <v>70747181</v>
       </c>
       <c r="B23">
         <v>2.0499979349262E+14</v>
       </c>
       <c r="C23">
         <v>492616</v>
       </c>
       <c r="D23">
         <v>204999793</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70290943</v>
+        <v>70747182</v>
       </c>
       <c r="B24">
         <v>2.0499979349262E+14</v>
       </c>
       <c r="C24">
         <v>492616</v>
       </c>
       <c r="D24">
         <v>204999793</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70290941</v>
+        <v>70747180</v>
       </c>
       <c r="B25">
         <v>2.0499979349262E+14</v>
       </c>
       <c r="C25">
         <v>492616</v>
       </c>
       <c r="D25">
         <v>204999793</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>