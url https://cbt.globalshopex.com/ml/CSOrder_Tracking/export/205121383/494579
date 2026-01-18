--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1006,51 +1006,51 @@
       </c>
       <c r="C16">
         <v>494579</v>
       </c>
       <c r="D16">
         <v>205121383</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>39</v>
       </c>
       <c r="G16" t="s">
         <v>41</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70290488</v>
+        <v>70746760</v>
       </c>
       <c r="B17">
         <v>2.0512138349458E+14</v>
       </c>
       <c r="C17">
         <v>494579</v>
       </c>
       <c r="D17">
         <v>205121383</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>44</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1149,105 +1149,105 @@
       </c>
       <c r="C21">
         <v>494579</v>
       </c>
       <c r="D21">
         <v>205121383</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70290490</v>
+        <v>70746762</v>
       </c>
       <c r="B22">
         <v>2.0512138349458E+14</v>
       </c>
       <c r="C22">
         <v>494579</v>
       </c>
       <c r="D22">
         <v>205121383</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290491</v>
+        <v>70746763</v>
       </c>
       <c r="B23">
         <v>2.0512138349458E+14</v>
       </c>
       <c r="C23">
         <v>494579</v>
       </c>
       <c r="D23">
         <v>205121383</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70290489</v>
+        <v>70746761</v>
       </c>
       <c r="B24">
         <v>2.0512138349458E+14</v>
       </c>
       <c r="C24">
         <v>494579</v>
       </c>
       <c r="D24">
         <v>205121383</v>
       </c>
       <c r="E24" t="s">
         <v>42</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>