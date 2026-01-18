--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -867,51 +867,51 @@
       </c>
       <c r="C11">
         <v>492197</v>
       </c>
       <c r="D11">
         <v>205279493</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70291080</v>
+        <v>70747270</v>
       </c>
       <c r="B12">
         <v>2.052794934922E+14</v>
       </c>
       <c r="C12">
         <v>492197</v>
       </c>
       <c r="D12">
         <v>205279493</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1213,105 +1213,105 @@
       </c>
       <c r="C23">
         <v>492197</v>
       </c>
       <c r="D23">
         <v>205279493</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>29</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70291082</v>
+        <v>70747272</v>
       </c>
       <c r="B24">
         <v>2.052794934922E+14</v>
       </c>
       <c r="C24">
         <v>492197</v>
       </c>
       <c r="D24">
         <v>205279493</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70291083</v>
+        <v>70747273</v>
       </c>
       <c r="B25">
         <v>2.052794934922E+14</v>
       </c>
       <c r="C25">
         <v>492197</v>
       </c>
       <c r="D25">
         <v>205279493</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70291081</v>
+        <v>70747271</v>
       </c>
       <c r="B26">
         <v>2.052794934922E+14</v>
       </c>
       <c r="C26">
         <v>492197</v>
       </c>
       <c r="D26">
         <v>205279493</v>
       </c>
       <c r="E26" t="s">
         <v>33</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>