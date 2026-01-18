--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -599,51 +599,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70291197</v>
+        <v>70747619</v>
       </c>
       <c r="B2">
         <v>2.0533463149048E+14</v>
       </c>
       <c r="C2">
         <v>490483</v>
       </c>
       <c r="D2">
         <v>205334631</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1289,105 +1289,105 @@
       </c>
       <c r="C25">
         <v>490483</v>
       </c>
       <c r="D25">
         <v>205334631</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>36</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25" t="s">
         <v>15</v>
       </c>
       <c r="I25" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70291198</v>
+        <v>70747625</v>
       </c>
       <c r="B26">
         <v>2.0533463149048E+14</v>
       </c>
       <c r="C26">
         <v>490483</v>
       </c>
       <c r="D26">
         <v>205334631</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70291199</v>
+        <v>70747628</v>
       </c>
       <c r="B27">
         <v>2.0533463149048E+14</v>
       </c>
       <c r="C27">
         <v>490483</v>
       </c>
       <c r="D27">
         <v>205334631</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291200</v>
+        <v>70747629</v>
       </c>
       <c r="B28">
         <v>2.0533463149048E+14</v>
       </c>
       <c r="C28">
         <v>490483</v>
       </c>
       <c r="D28">
         <v>205334631</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>