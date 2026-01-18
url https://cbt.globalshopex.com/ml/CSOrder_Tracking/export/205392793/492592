--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -591,51 +591,51 @@
       </c>
       <c r="C2">
         <v>492592</v>
       </c>
       <c r="D2">
         <v>205392793</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>70290912</v>
+        <v>70747170</v>
       </c>
       <c r="B3">
         <v>2.0539279349259E+14</v>
       </c>
       <c r="C3">
         <v>492592</v>
       </c>
       <c r="D3">
         <v>205392793</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -1111,105 +1111,105 @@
       </c>
       <c r="C20">
         <v>492592</v>
       </c>
       <c r="D20">
         <v>205392793</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70290914</v>
+        <v>70747177</v>
       </c>
       <c r="B21">
         <v>2.0539279349259E+14</v>
       </c>
       <c r="C21">
         <v>492592</v>
       </c>
       <c r="D21">
         <v>205392793</v>
       </c>
       <c r="E21" t="s">
         <v>14</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70290915</v>
+        <v>70747178</v>
       </c>
       <c r="B22">
         <v>2.0539279349259E+14</v>
       </c>
       <c r="C22">
         <v>492592</v>
       </c>
       <c r="D22">
         <v>205392793</v>
       </c>
       <c r="E22" t="s">
         <v>14</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290913</v>
+        <v>70747174</v>
       </c>
       <c r="B23">
         <v>2.0539279349259E+14</v>
       </c>
       <c r="C23">
         <v>492592</v>
       </c>
       <c r="D23">
         <v>205392793</v>
       </c>
       <c r="E23" t="s">
         <v>14</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>