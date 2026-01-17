--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -1722,51 +1722,51 @@
       </c>
       <c r="C38">
         <v>497269</v>
       </c>
       <c r="D38">
         <v>205447313</v>
       </c>
       <c r="E38" t="s">
         <v>68</v>
       </c>
       <c r="F38" t="s">
         <v>71</v>
       </c>
       <c r="G38" t="s">
         <v>72</v>
       </c>
       <c r="H38" t="s">
         <v>12</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>70286618</v>
+        <v>70741808</v>
       </c>
       <c r="B39">
         <v>2.0544731349727E+14</v>
       </c>
       <c r="C39">
         <v>497269</v>
       </c>
       <c r="D39">
         <v>205447313</v>
       </c>
       <c r="E39" t="s">
         <v>73</v>
       </c>
       <c r="F39" t="s">
         <v>74</v>
       </c>
       <c r="G39" t="s">
         <v>75</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="40" spans="1:9">
@@ -1807,105 +1807,105 @@
       </c>
       <c r="C41">
         <v>497269</v>
       </c>
       <c r="D41">
         <v>205447313</v>
       </c>
       <c r="E41" t="s">
         <v>68</v>
       </c>
       <c r="F41" t="s">
         <v>69</v>
       </c>
       <c r="G41" t="s">
         <v>77</v>
       </c>
       <c r="H41" t="s">
         <v>12</v>
       </c>
       <c r="I41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>70286623</v>
+        <v>70741810</v>
       </c>
       <c r="B42">
         <v>2.0544731349727E+14</v>
       </c>
       <c r="C42">
         <v>497269</v>
       </c>
       <c r="D42">
         <v>205447313</v>
       </c>
       <c r="E42" t="s">
         <v>73</v>
       </c>
       <c r="F42" t="s">
         <v>78</v>
       </c>
       <c r="G42" t="s">
         <v>79</v>
       </c>
       <c r="H42"/>
       <c r="I42" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>70286624</v>
+        <v>70741811</v>
       </c>
       <c r="B43">
         <v>2.0544731349727E+14</v>
       </c>
       <c r="C43">
         <v>497269</v>
       </c>
       <c r="D43">
         <v>205447313</v>
       </c>
       <c r="E43" t="s">
         <v>73</v>
       </c>
       <c r="F43" t="s">
         <v>80</v>
       </c>
       <c r="G43" t="s">
         <v>81</v>
       </c>
       <c r="H43"/>
       <c r="I43" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>70286620</v>
+        <v>70741809</v>
       </c>
       <c r="B44">
         <v>2.0544731349727E+14</v>
       </c>
       <c r="C44">
         <v>497269</v>
       </c>
       <c r="D44">
         <v>205447313</v>
       </c>
       <c r="E44" t="s">
         <v>73</v>
       </c>
       <c r="F44" t="s">
         <v>82</v>
       </c>
       <c r="G44" t="s">
         <v>83</v>
       </c>
       <c r="H44"/>
       <c r="I44" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>