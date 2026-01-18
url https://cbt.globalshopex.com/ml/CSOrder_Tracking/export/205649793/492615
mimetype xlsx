--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1219,51 +1219,51 @@
       </c>
       <c r="C22">
         <v>492615</v>
       </c>
       <c r="D22">
         <v>205649793</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>45</v>
       </c>
       <c r="G22" t="s">
         <v>46</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290948</v>
+        <v>70747159</v>
       </c>
       <c r="B23">
         <v>2.0564979349262E+14</v>
       </c>
       <c r="C23">
         <v>492615</v>
       </c>
       <c r="D23">
         <v>205649793</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:9">
@@ -1478,105 +1478,105 @@
       </c>
       <c r="C31">
         <v>492615</v>
       </c>
       <c r="D31">
         <v>205649793</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
         <v>32</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70290950</v>
+        <v>70747161</v>
       </c>
       <c r="B32">
         <v>2.0564979349262E+14</v>
       </c>
       <c r="C32">
         <v>492615</v>
       </c>
       <c r="D32">
         <v>205649793</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70290951</v>
+        <v>70747162</v>
       </c>
       <c r="B33">
         <v>2.0564979349262E+14</v>
       </c>
       <c r="C33">
         <v>492615</v>
       </c>
       <c r="D33">
         <v>205649793</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>68</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70290949</v>
+        <v>70747160</v>
       </c>
       <c r="B34">
         <v>2.0564979349262E+14</v>
       </c>
       <c r="C34">
         <v>492615</v>
       </c>
       <c r="D34">
         <v>205649793</v>
       </c>
       <c r="E34" t="s">
         <v>47</v>
       </c>
       <c r="F34" t="s">
         <v>69</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>