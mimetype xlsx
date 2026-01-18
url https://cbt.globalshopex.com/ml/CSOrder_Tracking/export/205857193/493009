--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -753,51 +753,51 @@
       </c>
       <c r="C8">
         <v>493009</v>
       </c>
       <c r="D8">
         <v>205857193</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70290770</v>
+        <v>70746977</v>
       </c>
       <c r="B9">
         <v>2.0585719349301E+14</v>
       </c>
       <c r="C9">
         <v>493009</v>
       </c>
       <c r="D9">
         <v>205857193</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:9">
@@ -983,105 +983,105 @@
       </c>
       <c r="C16">
         <v>493009</v>
       </c>
       <c r="D16">
         <v>205857193</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70290772</v>
+        <v>70746979</v>
       </c>
       <c r="B17">
         <v>2.0585719349301E+14</v>
       </c>
       <c r="C17">
         <v>493009</v>
       </c>
       <c r="D17">
         <v>205857193</v>
       </c>
       <c r="E17" t="s">
         <v>28</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70290773</v>
+        <v>70746980</v>
       </c>
       <c r="B18">
         <v>2.0585719349301E+14</v>
       </c>
       <c r="C18">
         <v>493009</v>
       </c>
       <c r="D18">
         <v>205857193</v>
       </c>
       <c r="E18" t="s">
         <v>28</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70290771</v>
+        <v>70746978</v>
       </c>
       <c r="B19">
         <v>2.0585719349301E+14</v>
       </c>
       <c r="C19">
         <v>493009</v>
       </c>
       <c r="D19">
         <v>205857193</v>
       </c>
       <c r="E19" t="s">
         <v>28</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>