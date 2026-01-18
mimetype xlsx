--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -835,51 +835,51 @@
       </c>
       <c r="C10">
         <v>495678</v>
       </c>
       <c r="D10">
         <v>205946173</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10" t="s">
         <v>29</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70287094</v>
+        <v>70742579</v>
       </c>
       <c r="B11">
         <v>2.0594617349568E+14</v>
       </c>
       <c r="C11">
         <v>495678</v>
       </c>
       <c r="D11">
         <v>205946173</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:9">
@@ -1181,105 +1181,105 @@
       </c>
       <c r="C22">
         <v>495678</v>
       </c>
       <c r="D22">
         <v>205946173</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>28</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70287098</v>
+        <v>70742581</v>
       </c>
       <c r="B23">
         <v>2.0594617349568E+14</v>
       </c>
       <c r="C23">
         <v>495678</v>
       </c>
       <c r="D23">
         <v>205946173</v>
       </c>
       <c r="E23" t="s">
         <v>30</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70287101</v>
+        <v>70742582</v>
       </c>
       <c r="B24">
         <v>2.0594617349568E+14</v>
       </c>
       <c r="C24">
         <v>495678</v>
       </c>
       <c r="D24">
         <v>205946173</v>
       </c>
       <c r="E24" t="s">
         <v>30</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>56</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70287096</v>
+        <v>70742580</v>
       </c>
       <c r="B25">
         <v>2.0594617349568E+14</v>
       </c>
       <c r="C25">
         <v>495678</v>
       </c>
       <c r="D25">
         <v>205946173</v>
       </c>
       <c r="E25" t="s">
         <v>30</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>