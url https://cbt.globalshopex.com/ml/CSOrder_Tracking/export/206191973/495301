--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1573,51 +1573,51 @@
       </c>
       <c r="C34">
         <v>495301</v>
       </c>
       <c r="D34">
         <v>206191973</v>
       </c>
       <c r="E34" t="s">
         <v>51</v>
       </c>
       <c r="F34" t="s">
         <v>61</v>
       </c>
       <c r="G34" t="s">
         <v>62</v>
       </c>
       <c r="H34" t="s">
         <v>12</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70287277</v>
+        <v>70742880</v>
       </c>
       <c r="B35">
         <v>2.061919734953E+14</v>
       </c>
       <c r="C35">
         <v>495301</v>
       </c>
       <c r="D35">
         <v>206191973</v>
       </c>
       <c r="E35" t="s">
         <v>63</v>
       </c>
       <c r="F35" t="s">
         <v>64</v>
       </c>
       <c r="G35" t="s">
         <v>65</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="36" spans="1:9">
@@ -1629,105 +1629,105 @@
       </c>
       <c r="C36">
         <v>495301</v>
       </c>
       <c r="D36">
         <v>206191973</v>
       </c>
       <c r="E36" t="s">
         <v>17</v>
       </c>
       <c r="F36" t="s">
         <v>42</v>
       </c>
       <c r="G36" t="s">
         <v>66</v>
       </c>
       <c r="H36" t="s">
         <v>12</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>70287281</v>
+        <v>70742882</v>
       </c>
       <c r="B37">
         <v>2.061919734953E+14</v>
       </c>
       <c r="C37">
         <v>495301</v>
       </c>
       <c r="D37">
         <v>206191973</v>
       </c>
       <c r="E37" t="s">
         <v>63</v>
       </c>
       <c r="F37" t="s">
         <v>67</v>
       </c>
       <c r="G37" t="s">
         <v>68</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>70287284</v>
+        <v>70742883</v>
       </c>
       <c r="B38">
         <v>2.061919734953E+14</v>
       </c>
       <c r="C38">
         <v>495301</v>
       </c>
       <c r="D38">
         <v>206191973</v>
       </c>
       <c r="E38" t="s">
         <v>63</v>
       </c>
       <c r="F38" t="s">
         <v>69</v>
       </c>
       <c r="G38" t="s">
         <v>70</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>70287279</v>
+        <v>70742881</v>
       </c>
       <c r="B39">
         <v>2.061919734953E+14</v>
       </c>
       <c r="C39">
         <v>495301</v>
       </c>
       <c r="D39">
         <v>206191973</v>
       </c>
       <c r="E39" t="s">
         <v>63</v>
       </c>
       <c r="F39" t="s">
         <v>71</v>
       </c>
       <c r="G39" t="s">
         <v>72</v>
       </c>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>