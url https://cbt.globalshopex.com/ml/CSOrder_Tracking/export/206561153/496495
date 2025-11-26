--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1259,51 +1259,51 @@
       </c>
       <c r="C24">
         <v>496495</v>
       </c>
       <c r="D24">
         <v>206561153</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
       <c r="G24" t="s">
         <v>51</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69855117</v>
+        <v>70259750</v>
       </c>
       <c r="B25">
         <v>2.065611534965E+14</v>
       </c>
       <c r="C25">
         <v>496495</v>
       </c>
       <c r="D25">
         <v>206561153</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>53</v>
       </c>
       <c r="G25" t="s">
         <v>54</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:9">
@@ -1373,105 +1373,105 @@
       </c>
       <c r="C28">
         <v>496495</v>
       </c>
       <c r="D28">
         <v>206561153</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
         <v>33</v>
       </c>
       <c r="G28" t="s">
         <v>58</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69855119</v>
+        <v>70259752</v>
       </c>
       <c r="B29">
         <v>2.065611534965E+14</v>
       </c>
       <c r="C29">
         <v>496495</v>
       </c>
       <c r="D29">
         <v>206561153</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>60</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69855120</v>
+        <v>70259753</v>
       </c>
       <c r="B30">
         <v>2.065611534965E+14</v>
       </c>
       <c r="C30">
         <v>496495</v>
       </c>
       <c r="D30">
         <v>206561153</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>62</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69855118</v>
+        <v>70259751</v>
       </c>
       <c r="B31">
         <v>2.065611534965E+14</v>
       </c>
       <c r="C31">
         <v>496495</v>
       </c>
       <c r="D31">
         <v>206561153</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>