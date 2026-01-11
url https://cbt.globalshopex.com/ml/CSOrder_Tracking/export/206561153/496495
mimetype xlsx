--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1259,51 +1259,51 @@
       </c>
       <c r="C24">
         <v>496495</v>
       </c>
       <c r="D24">
         <v>206561153</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
       <c r="G24" t="s">
         <v>51</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70259750</v>
+        <v>70603641</v>
       </c>
       <c r="B25">
         <v>2.065611534965E+14</v>
       </c>
       <c r="C25">
         <v>496495</v>
       </c>
       <c r="D25">
         <v>206561153</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>53</v>
       </c>
       <c r="G25" t="s">
         <v>54</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:9">
@@ -1373,105 +1373,105 @@
       </c>
       <c r="C28">
         <v>496495</v>
       </c>
       <c r="D28">
         <v>206561153</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
         <v>33</v>
       </c>
       <c r="G28" t="s">
         <v>58</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70259752</v>
+        <v>70603643</v>
       </c>
       <c r="B29">
         <v>2.065611534965E+14</v>
       </c>
       <c r="C29">
         <v>496495</v>
       </c>
       <c r="D29">
         <v>206561153</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>60</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70259753</v>
+        <v>70603644</v>
       </c>
       <c r="B30">
         <v>2.065611534965E+14</v>
       </c>
       <c r="C30">
         <v>496495</v>
       </c>
       <c r="D30">
         <v>206561153</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>62</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70259751</v>
+        <v>70603642</v>
       </c>
       <c r="B31">
         <v>2.065611534965E+14</v>
       </c>
       <c r="C31">
         <v>496495</v>
       </c>
       <c r="D31">
         <v>206561153</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>