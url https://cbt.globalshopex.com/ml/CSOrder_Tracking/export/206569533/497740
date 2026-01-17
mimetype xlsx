--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -989,51 +989,51 @@
       </c>
       <c r="C15">
         <v>497740</v>
       </c>
       <c r="D15">
         <v>206569533</v>
       </c>
       <c r="E15" t="s">
         <v>21</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70286502</v>
+        <v>70741893</v>
       </c>
       <c r="B16">
         <v>2.0656953349774E+14</v>
       </c>
       <c r="C16">
         <v>497740</v>
       </c>
       <c r="D16">
         <v>206569533</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>39</v>
       </c>
       <c r="G16" t="s">
         <v>40</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1248,105 +1248,105 @@
       </c>
       <c r="C24">
         <v>497740</v>
       </c>
       <c r="D24">
         <v>206569533</v>
       </c>
       <c r="E24" t="s">
         <v>21</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70286504</v>
+        <v>70741895</v>
       </c>
       <c r="B25">
         <v>2.0656953349774E+14</v>
       </c>
       <c r="C25">
         <v>497740</v>
       </c>
       <c r="D25">
         <v>206569533</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286505</v>
+        <v>70741896</v>
       </c>
       <c r="B26">
         <v>2.0656953349774E+14</v>
       </c>
       <c r="C26">
         <v>497740</v>
       </c>
       <c r="D26">
         <v>206569533</v>
       </c>
       <c r="E26" t="s">
         <v>38</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286503</v>
+        <v>70741894</v>
       </c>
       <c r="B27">
         <v>2.0656953349774E+14</v>
       </c>
       <c r="C27">
         <v>497740</v>
       </c>
       <c r="D27">
         <v>206569533</v>
       </c>
       <c r="E27" t="s">
         <v>38</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>