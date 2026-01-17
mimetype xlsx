--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -986,51 +986,51 @@
       </c>
       <c r="C15">
         <v>497479</v>
       </c>
       <c r="D15">
         <v>207173633</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15" t="s">
         <v>36</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70286617</v>
+        <v>70741885</v>
       </c>
       <c r="B16">
         <v>2.0717363349748E+14</v>
       </c>
       <c r="C16">
         <v>497479</v>
       </c>
       <c r="D16">
         <v>207173633</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1245,105 +1245,105 @@
       </c>
       <c r="C24">
         <v>497479</v>
       </c>
       <c r="D24">
         <v>207173633</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>33</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70286621</v>
+        <v>70741887</v>
       </c>
       <c r="B25">
         <v>2.0717363349748E+14</v>
       </c>
       <c r="C25">
         <v>497479</v>
       </c>
       <c r="D25">
         <v>207173633</v>
       </c>
       <c r="E25" t="s">
         <v>37</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286622</v>
+        <v>70741888</v>
       </c>
       <c r="B26">
         <v>2.0717363349748E+14</v>
       </c>
       <c r="C26">
         <v>497479</v>
       </c>
       <c r="D26">
         <v>207173633</v>
       </c>
       <c r="E26" t="s">
         <v>37</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286619</v>
+        <v>70741886</v>
       </c>
       <c r="B27">
         <v>2.0717363349748E+14</v>
       </c>
       <c r="C27">
         <v>497479</v>
       </c>
       <c r="D27">
         <v>207173633</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>